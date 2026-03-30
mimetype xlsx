--- v0 (2026-01-28)
+++ v1 (2026-03-30)
@@ -1,98 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://pptanz-my.sharepoint.com/personal/ascott_ppta_org_nz/Documents/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JosiahPasikale\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BC98A05D-E788-4E6B-AB9E-EAD3C1571B3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD5AF182-E0DA-4B55-AF4C-4E881BEEAC26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="34485" yWindow="3540" windowWidth="14400" windowHeight="8175" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contacts" sheetId="2" r:id="rId1"/>
     <sheet name="Websites" sheetId="4" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191028" calcCompleted="0"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C1" i="4" l="1"/>
   <c r="C1" i="4" a="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="284">
   <si>
     <t>Association</t>
   </si>
@@ -492,53 +492,50 @@
   <si>
     <t>president@nzla.org.nz; toddb-exec@nzla.org.nz</t>
   </si>
   <si>
     <t>NZ Association of Environmental Educators</t>
   </si>
   <si>
     <t>NZAEE</t>
   </si>
   <si>
     <t>Becky McCormack</t>
   </si>
   <si>
     <t>becky@nzaee.org.nz</t>
   </si>
   <si>
     <t>NZ Institute of Chemistry, Education Group</t>
   </si>
   <si>
     <t>NZIC</t>
   </si>
   <si>
     <t>Murray Thompson and Ian Torrie</t>
   </si>
   <si>
-    <t>mbt@lphs.school.nz;  ian.torrie@stcuthberts.school.nz</t>
-[...1 lines deleted...]
-  <si>
     <t>NZ Institute of Physics, Education Section</t>
   </si>
   <si>
     <t>NZIP</t>
   </si>
   <si>
     <t>David Housden</t>
   </si>
   <si>
     <t>dhousden@nzip.org.nz</t>
   </si>
   <si>
     <t>NZ Statistics Association Education Committee</t>
   </si>
   <si>
     <t>NZSA</t>
   </si>
   <si>
     <t>Pip Arnold</t>
   </si>
   <si>
     <t>pip@karekareeducation.co.nz</t>
   </si>
   <si>
     <t>Physical Education New Zealand</t>
@@ -922,57 +919,60 @@
     <t>Classical Studies</t>
   </si>
   <si>
     <t>www.nzact.org.nz</t>
   </si>
   <si>
     <t>Education for Sustainability</t>
   </si>
   <si>
     <t>www.nzaee.org.nz</t>
   </si>
   <si>
     <t>Generic</t>
   </si>
   <si>
     <t>Careers and Transition</t>
   </si>
   <si>
     <t>www.cate.co.nz</t>
   </si>
   <si>
     <t>Literacy</t>
   </si>
   <si>
     <t>nzla.org.nz</t>
+  </si>
+  <si>
+    <t>dr.murray2009@gmail.com , ian.torrie@stcuthberts.school.nz </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1452,1444 +1452,1445 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceo@penz.org.nz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pip@karekareeducation.co.nz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@afsapa.co.nz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzajlt40@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfleming@karamu.school.nz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaiarahigeography@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ce@eonz.org.nz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@name.org,nz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@nzla.org.nz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@nzamt.org.nz;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.deng@saintkentigern.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhousden@nzip.org.nz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pip.tinning@nzate.org.nz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anzaae.exec@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@drama.org.nz;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmaurice2882@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@hettanz.org.nz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@dtta.org.nz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coordinator@nzalt.org.nz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TRMSAA.tautoko@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cheryl.VanDijck@stcuthberts.school.nz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becky@nzaee.org.nz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.allen@stpauls.school.nz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chairperson.tta.nz@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RSTAANZ@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaiarahi@healtheducation.org.nz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzmusicroom@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.hamilton@kaiapoi.school.nz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.polke@greenbayhigh.school.nz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biologynz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meremanning1@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@socialstudiesnz.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@tenz.org.nz;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.simmons@stpauls.school.nz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzhtaexec@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosee_e_cook@yahoo.co.nz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:presidentnzaft@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceo@penz.org.nz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pip@karekareeducation.co.nz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@afsapa.co.nz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzajlt40@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfleming@karamu.school.nz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaiarahigeography@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ce@eonz.org.nz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@name.org,nz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@nzla.org.nz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@nzamt.org.nz;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dr.murray2009@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.deng@saintkentigern.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhousden@nzip.org.nz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pip.tinning@nzate.org.nz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anzaae.exec@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@drama.org.nz;" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmaurice2882@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@hettanz.org.nz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:secretary@dtta.org.nz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coordinator@nzalt.org.nz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TRMSAA.tautoko@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cheryl.VanDijck@stcuthberts.school.nz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:becky@nzaee.org.nz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.allen@stpauls.school.nz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chairperson.tta.nz@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RSTAANZ@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kaiarahi@healtheducation.org.nz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzmusicroom@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:k.hamilton@kaiapoi.school.nz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicole.polke@greenbayhigh.school.nz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:biologynz@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:meremanning1@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@socialstudiesnz.org" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@tenz.org.nz;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.simmons@stpauls.school.nz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nzhtaexec@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosee_e_cook@yahoo.co.nz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:presidentnzaft@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ganz.ac.nz/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzgs.co.nz/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstudiesnz.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzgtta.co.nz/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://menza.co.nz/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hata.nz/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzaft.co.nz/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzceta.co.nz/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzpsychteachers.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://penz.org.nz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzahta.org.nz/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nzapt.net/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beanz.org.nz/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cate.co.nz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dsanz.flightdec.com/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzclta.org/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzate.org.nz/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzmathsoc.org.nz/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/anzaae/home" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.name.org.nz/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.earthspacescience.org.nz/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nzaee.org.nz/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzajlt.com/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rstaanz.org.nz/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenz.org.nz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.drama.org.nz/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzalt.org.nz/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzhta.org.nz/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzip.org.nz/education/from-the-chair/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nzact.org.nz/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nzla.org.nz/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0057FB6-DCEC-427D-8810-7FEE2B81A9E1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F45"/>
   <sheetViews>
-    <sheetView topLeftCell="B32" workbookViewId="0">
-      <selection activeCell="E41" sqref="E41"/>
+    <sheetView tabSelected="1" topLeftCell="B27" zoomScale="175" workbookViewId="0">
+      <selection activeCell="D36" sqref="D36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="63.5703125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="13.5703125" customWidth="1"/>
+    <col min="1" max="1" width="63.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" customWidth="1"/>
     <col min="3" max="3" width="27" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="53.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="21.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="53.54296875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="14" customFormat="1">
+    <row r="1" spans="1:6" s="14" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="20" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="20" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="27" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="21" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="9"/>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A3" s="17"/>
       <c r="B3" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="27" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="24" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="9"/>
     </row>
-    <row r="4" spans="1:6">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A4" s="18" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="28" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A5" s="18" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="6" spans="1:6">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A6" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="28" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="22" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="1:6">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A7" s="18" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="28" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A8" s="18" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="28" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="9" spans="1:6">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A9" s="18" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="28" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="22"/>
       <c r="F9" s="21"/>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A10" s="18" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="28" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="21"/>
       <c r="F10" s="21"/>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A11" s="18" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="28" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A12" s="18"/>
       <c r="B12" s="18" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="28" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="22" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A13" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>47</v>
       </c>
       <c r="C13" s="28" t="s">
         <v>48</v>
       </c>
       <c r="D13" s="22" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A14" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="19" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="29" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="21" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="15" spans="1:6">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A15" s="19" t="s">
         <v>54</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="28" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="21" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="16" spans="1:6">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A16" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B16" s="18" t="s">
         <v>59</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A17" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B17" s="18" t="s">
         <v>63</v>
       </c>
       <c r="C17" s="28" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="22" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="18" t="s">
         <v>66</v>
       </c>
       <c r="B18" s="18" t="s">
         <v>67</v>
       </c>
       <c r="C18" s="28" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="21" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" s="18" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="18" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="30" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="21" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="18" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="18" t="s">
         <v>75</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="21" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" s="18" t="s">
         <v>78</v>
       </c>
       <c r="B21" s="18" t="s">
         <v>79</v>
       </c>
       <c r="C21" s="28" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="21" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="22" spans="1:4">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A22" s="18" t="s">
         <v>82</v>
       </c>
       <c r="B22" s="18" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="28" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A23" s="18" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="18" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="28" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A24" s="18" t="s">
         <v>90</v>
       </c>
       <c r="B24" s="18" t="s">
         <v>91</v>
       </c>
       <c r="C24" s="28" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="22" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A25" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="18" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="28" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="22" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A26" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>95</v>
       </c>
       <c r="C26" s="28" t="s">
         <v>99</v>
       </c>
       <c r="D26" s="21" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A27" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B27" s="18" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="28" t="s">
         <v>103</v>
       </c>
       <c r="D27" s="21" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A28" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B28" s="18" t="s">
         <v>106</v>
       </c>
       <c r="C28" s="28" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="22" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="29" spans="1:4">
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A29" s="18" t="s">
         <v>109</v>
       </c>
       <c r="B29" s="18" t="s">
         <v>110</v>
       </c>
       <c r="C29" s="28" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="21" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A30" s="18" t="s">
         <v>113</v>
       </c>
       <c r="B30" s="18" t="s">
         <v>114</v>
       </c>
       <c r="C30" s="28" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="21" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A31" s="19" t="s">
         <v>117</v>
       </c>
       <c r="B31" s="19" t="s">
         <v>118</v>
       </c>
       <c r="C31" s="28" t="s">
         <v>119</v>
       </c>
       <c r="D31" s="22" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A32" s="19" t="s">
         <v>121</v>
       </c>
       <c r="B32" s="19" t="s">
         <v>122</v>
       </c>
       <c r="C32" s="28" t="s">
         <v>123</v>
       </c>
       <c r="D32" s="22" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="33" spans="1:5">
+    <row r="33" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A33" s="18" t="s">
         <v>125</v>
       </c>
       <c r="B33" s="18" t="s">
         <v>126</v>
       </c>
       <c r="C33" s="28" t="s">
         <v>127</v>
       </c>
       <c r="D33" s="22" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="34" spans="1:5">
+    <row r="34" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A34" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B34" s="17" t="s">
         <v>130</v>
       </c>
       <c r="C34" s="30" t="s">
         <v>131</v>
       </c>
       <c r="D34" s="21" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="35" spans="1:5">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A35" s="18" t="s">
         <v>133</v>
       </c>
       <c r="B35" s="18" t="s">
         <v>134</v>
       </c>
       <c r="C35" s="28" t="s">
         <v>135</v>
       </c>
       <c r="D35" s="22" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="36" spans="1:5">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
         <v>137</v>
       </c>
       <c r="B36" s="18" t="s">
         <v>138</v>
       </c>
       <c r="C36" s="28" t="s">
         <v>139</v>
       </c>
-      <c r="D36" s="21" t="s">
+      <c r="D36" s="22" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A37" s="18" t="s">
         <v>140</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="18" t="s">
+      <c r="B37" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="B37" s="18" t="s">
+      <c r="C37" s="28" t="s">
         <v>142</v>
       </c>
-      <c r="C37" s="28" t="s">
+      <c r="D37" s="21" t="s">
         <v>143</v>
       </c>
-      <c r="D37" s="21" t="s">
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A38" s="19" t="s">
         <v>144</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="19" t="s">
+      <c r="B38" s="19" t="s">
         <v>145</v>
       </c>
-      <c r="B38" s="19" t="s">
+      <c r="C38" s="28" t="s">
         <v>146</v>
       </c>
-      <c r="C38" s="28" t="s">
+      <c r="D38" s="22" t="s">
         <v>147</v>
       </c>
-      <c r="D38" s="22" t="s">
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A39" s="18" t="s">
         <v>148</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="18" t="s">
+      <c r="B39" s="18" t="s">
         <v>149</v>
       </c>
-      <c r="B39" s="18" t="s">
+      <c r="C39" s="28" t="s">
         <v>150</v>
       </c>
-      <c r="C39" s="28" t="s">
+      <c r="D39" s="21" t="s">
         <v>151</v>
       </c>
-      <c r="D39" s="21" t="s">
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A40" s="19" t="s">
         <v>152</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="19" t="s">
+      <c r="B40" s="19" t="s">
         <v>153</v>
       </c>
-      <c r="B40" s="19" t="s">
+      <c r="C40" s="28" t="s">
         <v>154</v>
       </c>
-      <c r="C40" s="28" t="s">
+      <c r="D40" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="D40" s="9" t="s">
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A41" s="18" t="s">
         <v>156</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="18" t="s">
+      <c r="B41" s="18" t="s">
         <v>157</v>
       </c>
-      <c r="B41" s="18" t="s">
+      <c r="C41" s="28" t="s">
         <v>158</v>
       </c>
-      <c r="C41" s="28" t="s">
+      <c r="D41" s="21" t="s">
         <v>159</v>
       </c>
-      <c r="D41" s="21" t="s">
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A42" s="19" t="s">
         <v>160</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="19" t="s">
+      <c r="B42" s="19" t="s">
         <v>161</v>
       </c>
-      <c r="B42" s="19" t="s">
+      <c r="C42" s="29" t="s">
         <v>162</v>
       </c>
-      <c r="C42" s="29" t="s">
+      <c r="D42" s="21" t="s">
         <v>163</v>
       </c>
-      <c r="D42" s="21" t="s">
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A43" s="19" t="s">
         <v>164</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="19" t="s">
+      <c r="B43" s="19" t="s">
         <v>165</v>
       </c>
-      <c r="B43" s="19" t="s">
+      <c r="C43" s="29" t="s">
         <v>166</v>
       </c>
-      <c r="C43" s="29" t="s">
+      <c r="D43" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="D43" s="22" t="s">
+      <c r="E43" s="4"/>
+    </row>
+    <row r="44" spans="1:5" ht="16" x14ac:dyDescent="0.4">
+      <c r="A44" s="19" t="s">
         <v>168</v>
       </c>
-      <c r="E43" s="4"/>
-[...2 lines deleted...]
-      <c r="A44" s="19" t="s">
+      <c r="B44" s="23" t="s">
         <v>169</v>
       </c>
-      <c r="B44" s="23" t="s">
+      <c r="C44" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="C44" s="31" t="s">
+      <c r="D44" s="9" t="s">
         <v>171</v>
       </c>
-      <c r="D44" s="9" t="s">
+      <c r="E44" s="26"/>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A45" s="19" t="s">
         <v>172</v>
       </c>
-      <c r="E44" s="26"/>
-[...2 lines deleted...]
-      <c r="A45" s="19" t="s">
+      <c r="B45" s="19" t="s">
         <v>173</v>
       </c>
-      <c r="B45" s="19" t="s">
+      <c r="C45" s="29" t="s">
         <v>174</v>
       </c>
-      <c r="C45" s="29" t="s">
+      <c r="D45" s="21" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E45" s="25"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E43">
     <sortCondition ref="A43"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="D10" r:id="rId1" display="president@drama.org.nz; " xr:uid="{F1BBBD3F-61F1-44F3-9B10-57395DA9D6E3}"/>
     <hyperlink ref="D29" r:id="rId2" xr:uid="{1F0C79EA-7827-4067-AD95-42E7637EFD30}"/>
     <hyperlink ref="D21" r:id="rId3" xr:uid="{7DFD8830-2FEC-4370-9445-8B518B020B99}"/>
     <hyperlink ref="D13" r:id="rId4" xr:uid="{A1B662AF-42F0-4F5B-86B4-7551A670BC60}"/>
     <hyperlink ref="D41" r:id="rId5" xr:uid="{78180117-168B-4C1C-8E53-FD9DEF649644}"/>
     <hyperlink ref="D30" r:id="rId6" xr:uid="{F50F2E35-EEE4-4B94-9696-257B20709081}"/>
     <hyperlink ref="D28" r:id="rId7" xr:uid="{ED557B8A-5D67-4043-802A-BA5AB1AAE421}"/>
     <hyperlink ref="D25" r:id="rId8" xr:uid="{570C2AF5-FC6C-452D-9942-96307D918E2B}"/>
     <hyperlink ref="D6" r:id="rId9" xr:uid="{9C92B8E9-6727-4635-89C0-E2D65A8BE73E}"/>
     <hyperlink ref="D32" r:id="rId10" xr:uid="{48C1A118-878D-4155-8D2D-F935E2638700}"/>
     <hyperlink ref="D14" r:id="rId11" xr:uid="{C447F1C3-C2E1-4055-9C35-C6D00AE317C3}"/>
     <hyperlink ref="D11" r:id="rId12" xr:uid="{3CB479A5-8929-4E16-8697-9E6E9C08677D}"/>
     <hyperlink ref="D39" r:id="rId13" display="ceo@penz.org.nz" xr:uid="{2AFF9B7A-277A-4606-928B-52802E169925}"/>
     <hyperlink ref="D12" r:id="rId14" xr:uid="{08E2AA26-7BFE-4DC8-9AF2-3744C662B06F}"/>
     <hyperlink ref="D35" r:id="rId15" xr:uid="{56262EFC-42A1-43B1-8DC5-BB920CDCD108}"/>
     <hyperlink ref="D37" r:id="rId16" xr:uid="{6733C501-146D-4081-BA10-B3EB6DF56FBB}"/>
     <hyperlink ref="D17" r:id="rId17" xr:uid="{7433818D-A191-4C5F-BCF3-E3F82E0BD0DC}"/>
     <hyperlink ref="D38" r:id="rId18" xr:uid="{3FBB9A4C-CAD6-4CC3-930E-AE377A8F5285}"/>
     <hyperlink ref="D16" r:id="rId19" xr:uid="{4DB3E29E-84E8-4A15-84D0-6CCCCE6D1D03}"/>
     <hyperlink ref="D19" r:id="rId20" display="mailto:pip.tinning@nzate.org.nz" xr:uid="{2B75F213-2486-47EE-ABED-232BDA565D08}"/>
     <hyperlink ref="D22" r:id="rId21" xr:uid="{735EFE82-FA76-46A1-A62E-28B531B18C61}"/>
     <hyperlink ref="D5" r:id="rId22" xr:uid="{754150D1-F8FB-4EB5-9B10-6AE1242AA417}"/>
     <hyperlink ref="D15" r:id="rId23" xr:uid="{37B03BCE-8F18-46E8-BF0E-8D61B65B9F9C}"/>
     <hyperlink ref="D9" r:id="rId24" xr:uid="{1B5A4417-258A-4AED-8081-2C6159265BF8}"/>
     <hyperlink ref="D34" r:id="rId25" display="president@nzla.org.nz" xr:uid="{228C537B-A7D5-42EF-A62E-A470DBB16C36}"/>
     <hyperlink ref="D2" r:id="rId26" xr:uid="{E61161C4-391A-4D21-B086-B2F2EF9A60BB}"/>
     <hyperlink ref="D43" r:id="rId27" display="support@tenz.org.nz; " xr:uid="{0BF016B9-15A0-44B6-9539-E69E5C66C59B}"/>
     <hyperlink ref="D45" r:id="rId28" xr:uid="{36EA99AE-442B-462F-B398-4EEB688686A7}"/>
     <hyperlink ref="D4" r:id="rId29" xr:uid="{EDB3E1DA-AFFC-4938-AB21-40E79A67104B}"/>
     <hyperlink ref="D3" r:id="rId30" xr:uid="{FAEC2221-E592-4BA3-93B2-672BD1EBFDF0}"/>
     <hyperlink ref="D8" r:id="rId31" xr:uid="{5488A157-C75A-4C54-8E5C-B176E69550CA}"/>
     <hyperlink ref="D23" r:id="rId32" xr:uid="{9D45BACE-7ADB-4F8C-8180-58F1B48F4FDD}"/>
     <hyperlink ref="D24" r:id="rId33" display="president@nzamt.org.nz; " xr:uid="{2AF91BA0-29E9-4C63-BC11-55D1F03988BF}"/>
     <hyperlink ref="D31" r:id="rId34" xr:uid="{EA5747B9-E39B-43F1-AE82-794ACB21FCF9}"/>
     <hyperlink ref="D33" r:id="rId35" xr:uid="{24559317-8D9B-4959-B4C6-7EBBD1C3F58A}"/>
     <hyperlink ref="D40" r:id="rId36" display="mailto:RSTAANZ@gmail.com" xr:uid="{5F7102DC-2893-4DE5-A38A-1BAAEC44EC9A}"/>
     <hyperlink ref="D44" r:id="rId37" xr:uid="{03579F1E-7A4A-4276-82A4-4C5E9F38453B}"/>
+    <hyperlink ref="D36" r:id="rId38" display="dr.murray2009@gmail.com" xr:uid="{49F345FA-51EC-455B-B605-2507D8493CA4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" r:id="rId38"/>
+  <pageSetup paperSize="9" scale="44" fitToHeight="0" orientation="landscape" r:id="rId39"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{62B74AE9-F99C-4DFD-BA42-8B9C06426E1E}">
   <dimension ref="A1:D55"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A40" workbookViewId="0">
+    <sheetView zoomScale="106" workbookViewId="0">
       <selection activeCell="A53" sqref="A53"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="84.140625" customWidth="1"/>
+    <col min="1" max="1" width="24.81640625" customWidth="1"/>
+    <col min="2" max="2" width="10.7265625" customWidth="1"/>
+    <col min="3" max="3" width="40.26953125" customWidth="1"/>
+    <col min="4" max="4" width="84.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="12" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="13" cm="1">
         <f t="array" aca="1" ref="C1" ca="1">+D1+C1:D1+C1:D1+C1:D2+C1+C1:D1</f>
         <v>0</v>
       </c>
       <c r="D1" s="13" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A2" s="5" t="s">
         <v>178</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="5" t="s">
+      <c r="B2" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="B2" s="5" t="s">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A3" s="10" t="s">
         <v>180</v>
-      </c>
-[...3 lines deleted...]
-        <v>181</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="9" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A4" s="10" t="s">
         <v>182</v>
-      </c>
-[...3 lines deleted...]
-        <v>183</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="9" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A5" s="10" t="s">
         <v>184</v>
-      </c>
-[...3 lines deleted...]
-        <v>185</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>36</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D5" s="9" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A6" s="10" t="s">
         <v>186</v>
-      </c>
-[...3 lines deleted...]
-        <v>187</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="9" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A7" s="10" t="s">
         <v>188</v>
-      </c>
-[...3 lines deleted...]
-        <v>189</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>67</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D7" s="7" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A8" s="6" t="s">
         <v>190</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="6" t="s">
+      <c r="B8" s="6"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A9" s="10" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>110</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D9" s="7" t="s">
         <v>193</v>
       </c>
-      <c r="D9" s="7" t="s">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A10" s="10" t="s">
         <v>194</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="10" t="s">
+      <c r="B10" s="10" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D10" s="9" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="10" t="s">
         <v>197</v>
-      </c>
-[...3 lines deleted...]
-        <v>198</v>
       </c>
       <c r="B11" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="7" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="10" t="s">
         <v>199</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="10" t="s">
+      <c r="B12" s="10" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D12" s="9" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="10" t="s">
         <v>202</v>
-      </c>
-[...3 lines deleted...]
-        <v>203</v>
       </c>
       <c r="B13" s="10" t="s">
         <v>87</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D13" s="7" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="10" t="s">
         <v>204</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="10" t="s">
+      <c r="B14" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="B14" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="1" t="s">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="6" t="s">
         <v>206</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B15" s="6"/>
     </row>
-    <row r="16" spans="1:4">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" s="10" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>71</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="9" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="11" t="s">
         <v>208</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="11" t="s">
+      <c r="B17" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D17" t="s">
         <v>209</v>
       </c>
-      <c r="B17" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D17" t="s">
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="5" t="s">
         <v>210</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="5" t="s">
+      <c r="B18" s="5"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="10" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="B19" s="10" t="s">
         <v>114</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D19" s="9" t="s">
         <v>213</v>
       </c>
-      <c r="D19" s="9" t="s">
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="10" t="s">
         <v>214</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="10" t="s">
+      <c r="B20" s="10" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>105</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" s="10"/>
       <c r="B21" s="10"/>
       <c r="C21" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D21" s="9" t="s">
         <v>218</v>
       </c>
-      <c r="D21" s="9" t="s">
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="10" t="s">
         <v>219</v>
-      </c>
-[...3 lines deleted...]
-        <v>220</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>126</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D22" s="9" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="10" t="s">
         <v>221</v>
-      </c>
-[...3 lines deleted...]
-        <v>222</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>63</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="9" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="10" t="s">
         <v>223</v>
-      </c>
-[...3 lines deleted...]
-        <v>224</v>
       </c>
       <c r="B24" s="10" t="s">
         <v>95</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>94</v>
       </c>
       <c r="D24" s="9" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="10" t="s">
         <v>225</v>
-      </c>
-[...3 lines deleted...]
-        <v>226</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>98</v>
       </c>
       <c r="D25" s="7" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="10" t="s">
         <v>227</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="10" t="s">
+      <c r="B26" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D26" s="7" t="s">
         <v>228</v>
       </c>
-      <c r="B26" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D26" s="7" t="s">
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="10" t="s">
         <v>229</v>
-      </c>
-[...3 lines deleted...]
-        <v>230</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D27" s="7" t="s">
         <v>231</v>
       </c>
-      <c r="D27" s="7" t="s">
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="10" t="s">
         <v>232</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="10" t="s">
+      <c r="B28" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="B28" s="10" t="s">
+      <c r="C28" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="7" t="s">
         <v>235</v>
       </c>
-      <c r="D28" s="7" t="s">
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="6" t="s">
         <v>236</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="6" t="s">
+      <c r="B29" s="6"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="10" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D30" s="7" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="10" t="s">
         <v>239</v>
-      </c>
-[...3 lines deleted...]
-        <v>240</v>
       </c>
       <c r="B31" s="10" t="s">
         <v>138</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="1" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A32" s="10" t="s">
         <v>241</v>
-      </c>
-[...3 lines deleted...]
-        <v>242</v>
       </c>
       <c r="B32" s="10" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D32" s="7" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A33" s="10" t="s">
         <v>243</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="10" t="s">
+      <c r="B33" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="7" t="s">
         <v>244</v>
       </c>
-      <c r="B33" s="10" t="s">
-[...9 lines deleted...]
-    <row r="34" spans="1:4">
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A34" s="10" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>102</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="1" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A35" s="10" t="s">
         <v>246</v>
-      </c>
-[...3 lines deleted...]
-        <v>247</v>
       </c>
       <c r="B35" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D35" s="7" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A36" s="11" t="s">
         <v>248</v>
-      </c>
-[...3 lines deleted...]
-        <v>249</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="D36" s="8" t="s">
         <v>249</v>
       </c>
-      <c r="D36" s="8" t="s">
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A37" s="6" t="s">
         <v>250</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="6" t="s">
+      <c r="B37" s="6"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A38" s="10" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="B38" s="10" t="s">
         <v>91</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:4">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D39" s="8" t="s">
         <v>254</v>
       </c>
-      <c r="D39" s="8" t="s">
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A40" s="11" t="s">
         <v>255</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="11" t="s">
+      <c r="B40" s="11" t="s">
         <v>256</v>
       </c>
-      <c r="B40" s="11" t="s">
+      <c r="C40" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C40" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="2" t="s">
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A41" s="5" t="s">
         <v>258</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="5" t="s">
+      <c r="B41" s="5"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A42" s="10" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>122</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D42" s="1" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A43" s="10" t="s">
         <v>261</v>
-      </c>
-[...3 lines deleted...]
-        <v>262</v>
       </c>
       <c r="B43" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="1" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A44" s="10" t="s">
         <v>263</v>
-      </c>
-[...3 lines deleted...]
-        <v>264</v>
       </c>
       <c r="B44" s="10" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D44" s="1" t="s">
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A45" s="10" t="s">
         <v>266</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="10" t="s">
+      <c r="B45" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="B45" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="15" t="s">
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A46" s="5" t="s">
         <v>268</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="5" t="s">
+      <c r="B46" s="5"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A47" s="10" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="B47" s="10" t="s">
         <v>118</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D47" s="7" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A48" s="10" t="s">
+        <v>268</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48" s="9" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
-[...9 lines deleted...]
-      <c r="D48" s="9" t="s">
+    <row r="49" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A49" s="11" t="s">
         <v>272</v>
-      </c>
-[...3 lines deleted...]
-        <v>273</v>
       </c>
       <c r="B49" s="11"/>
       <c r="C49" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="50" spans="1:4">
+    <row r="50" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A50" s="32" t="s">
+        <v>273</v>
+      </c>
+      <c r="B50" s="32"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A51" s="10" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="B51" s="10"/>
       <c r="C51" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D51" s="9" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A52" s="11" t="s">
         <v>276</v>
-      </c>
-[...3 lines deleted...]
-        <v>277</v>
       </c>
       <c r="B52" s="11"/>
       <c r="C52" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D52" s="9" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A53" s="5" t="s">
         <v>278</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="5" t="s">
+      <c r="B53" s="5"/>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A54" s="10" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="B54" s="10"/>
       <c r="C54" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D54" s="9" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A55" s="3" t="s">
         <v>281</v>
-      </c>
-[...3 lines deleted...]
-        <v>282</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" t="s">
         <v>129</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1" xr:uid="{4B0E6CA0-821C-4B3E-AD67-3EF5E0A3270C}"/>
     <hyperlink ref="D7" r:id="rId2" xr:uid="{998C9094-F07D-494B-89D1-C06FF85D1514}"/>
     <hyperlink ref="D6" r:id="rId3" xr:uid="{F482DB50-E156-4851-A5BF-9B942D12FBE4}"/>
     <hyperlink ref="D5" r:id="rId4" xr:uid="{7A0BE068-2B03-4082-B033-D70C971DAFF6}"/>
     <hyperlink ref="D3" r:id="rId5" xr:uid="{F70B1AED-886D-4F3F-A142-867CB47AB423}"/>
     <hyperlink ref="D9" r:id="rId6" xr:uid="{B4925B70-0841-4293-87E7-807C34E5168A}"/>
     <hyperlink ref="D10" r:id="rId7" xr:uid="{1BE1B881-EB92-445B-A21B-78F8587D94F6}"/>
     <hyperlink ref="D11" r:id="rId8" xr:uid="{641B7572-F77A-461A-9C79-D6866120788E}"/>
     <hyperlink ref="D13" r:id="rId9" xr:uid="{2BCCE7E8-F0F3-471F-890C-AEB43F03D368}"/>
     <hyperlink ref="D12" r:id="rId10" xr:uid="{0A260D8B-0A24-4571-AA22-919A75F81EEC}"/>
     <hyperlink ref="D16" r:id="rId11" xr:uid="{11ACC2EB-7419-4A1C-B10B-E5AC6BCC2BD5}"/>
     <hyperlink ref="D19" r:id="rId12" xr:uid="{B87AD3FB-E88A-46BD-82FC-F7EAE086581B}"/>
     <hyperlink ref="D21" r:id="rId13" xr:uid="{00A6BC66-36E3-4AED-B4A1-81575D30DF94}"/>
     <hyperlink ref="D22" r:id="rId14" xr:uid="{8520A380-7A81-439C-A5C5-F7EB7326DF7C}"/>
     <hyperlink ref="D23" r:id="rId15" xr:uid="{51727FCA-4845-468D-AA12-CBB189BEA03E}"/>
     <hyperlink ref="D24" r:id="rId16" xr:uid="{79DF9659-2182-4206-A231-EABE15B9F4B6}"/>
     <hyperlink ref="D25" r:id="rId17" xr:uid="{696817C4-9705-4DDD-928C-590FC9ED85C1}"/>
     <hyperlink ref="D27" r:id="rId18" xr:uid="{99EF4A22-8E8B-4E2E-9EB2-B3441A2D3B77}"/>
     <hyperlink ref="D26" r:id="rId19" xr:uid="{C8ACEC1A-4995-416F-BA90-A1DED4F15EEB}"/>
     <hyperlink ref="D30" r:id="rId20" xr:uid="{C747D413-0CEC-4902-8F2E-62B916F39FC5}"/>
     <hyperlink ref="D32" r:id="rId21" xr:uid="{73177FC2-9D47-4940-A793-E0BB7FBB6032}"/>
@@ -3188,72 +3189,119 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="6157e73e-dbee-4017-8909-237d08381653" xsi:nil="true"/>
     <SharedWithUsers xmlns="6157e73e-dbee-4017-8909-237d08381653">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c9e66ba-f116-48d8-a6ca-05d0a2378e4c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <RunDateandTime xmlns="2c9e66ba-f116-48d8-a6ca-05d0a2378e4c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFC3C4B6-79AA-447F-8540-B201EDD245A5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFC3C4B6-79AA-447F-8540-B201EDD245A5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D926EF11-98B2-4679-A383-5D680E6FCEA7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D926EF11-98B2-4679-A383-5D680E6FCEA7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2c9e66ba-f116-48d8-a6ca-05d0a2378e4c"/>
+    <ds:schemaRef ds:uri="6157e73e-dbee-4017-8909-237d08381653"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7090458B-A961-4C28-9F1A-17FE97A1B0D7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7090458B-A961-4C28-9F1A-17FE97A1B0D7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6157e73e-dbee-4017-8909-237d08381653"/>
+    <ds:schemaRef ds:uri="2c9e66ba-f116-48d8-a6ca-05d0a2378e4c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Contacts</vt:lpstr>
+      <vt:lpstr>Websites</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>Ministry of Education</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>James Gavey</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100513178381C67CA4BAAA8292D8BCAA6CC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>